--- v0 (2025-12-08)
+++ v1 (2025-12-10)
@@ -399,51 +399,51 @@
     <col width="7.700000000000001" min="42" max="42" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="43" max="43" bestFit="1" customWidth="1"/>
     <col width="19.8" min="44" max="44" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="45" max="45" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="46" max="46" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="47" max="47" bestFit="1" customWidth="1"/>
     <col width="22.0" min="48" max="48" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="49" max="49" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="50" max="50" bestFit="1" customWidth="1"/>
     <col width="22.0" min="51" max="51" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="52" max="52" bestFit="1" customWidth="1"/>
     <col width="37.400000000000006" min="53" max="53" bestFit="1" customWidth="1"/>
     <col width="38.5" min="54" max="54" bestFit="1" customWidth="1"/>
     <col width="53.900000000000006" min="55" max="55" bestFit="1" customWidth="1"/>
     <col width="42.900000000000006" min="56" max="56" bestFit="1" customWidth="1"/>
     <col width="29.700000000000003" min="57" max="57" bestFit="1" customWidth="1"/>
     <col width="36.300000000000004" min="58" max="58" bestFit="1" customWidth="1"/>
     <col width="36.300000000000004" min="59" max="59" bestFit="1" customWidth="1"/>
     <col width="45.1" min="60" max="60" bestFit="1" customWidth="1"/>
     <col width="39.6" min="61" max="61" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="62" max="62" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="63" max="63" bestFit="1" customWidth="1"/>
     <col width="33.0" min="64" max="64" bestFit="1" customWidth="1"/>
     <col width="33.0" min="65" max="65" bestFit="1" customWidth="1"/>
     <col width="19.8" min="66" max="66" bestFit="1" customWidth="1"/>
-    <col width="27.500000000000004" min="67" max="67" bestFit="1" customWidth="1"/>
+    <col width="17.6" min="67" max="67" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="68" max="68" bestFit="1" customWidth="1"/>
     <col width="16.5" min="69" max="69" bestFit="1" customWidth="1"/>
     <col width="23.1" min="70" max="70" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="71" max="71" bestFit="1" customWidth="1"/>
     <col width="23.1" min="72" max="72" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="73" max="73" bestFit="1" customWidth="1"/>
     <col width="25.3" min="74" max="74" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="75" max="75" bestFit="1" customWidth="1"/>
     <col width="23.1" min="76" max="76" bestFit="1" customWidth="1"/>
     <col width="6.6000000000000005" min="77" max="77" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="78" max="78" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="79" max="79" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="80" max="80" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="81" max="81" bestFit="1" customWidth="1"/>
     <col width="11.0" min="82" max="82" bestFit="1" customWidth="1"/>
     <col width="19.8" min="83" max="83" bestFit="1" customWidth="1"/>
     <col width="28.6" min="84" max="84" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="85" max="85" bestFit="1" customWidth="1"/>
     <col width="11.0" min="86" max="86" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="87" max="87" bestFit="1" customWidth="1"/>
     <col width="13.200000000000001" min="88" max="88" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="89" max="89" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="90" max="90" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="91" max="91" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="92" max="92" bestFit="1" customWidth="1"/>
@@ -963,51 +963,51 @@
           <t>2022</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>2022-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>米子</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>2025-03-10 15:58:50 +0900</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>2025-03-10 16:15:01 +0900</t>
+          <t>2025-12-09 15:13:35 +0900</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>9784866112879</t>
@@ -1154,51 +1154,51 @@
           <t/>
         </is>
       </c>
       <c r="BK2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO2" s="0" t="inlineStr">
         <is>
-          <t>地域社会開発--鳥取県--智頭町 (鳥取県)</t>
+          <t/>
         </is>
       </c>
       <c r="BP2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BT2" s="0" t="inlineStr">
         <is>
           <t/>