--- v0 (2025-12-08)
+++ v1 (2025-12-10)
@@ -327,65 +327,65 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:CC11"/>
+  <dimension ref="A1:CN11"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="20.900000000000002" min="1" max="1" bestFit="1" customWidth="1"/>
-    <col width="50.6" min="2" max="2" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col width="37.400000000000006" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="27.500000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="22.0" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="48.400000000000006" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="33.0" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="9.9" min="6" max="6" bestFit="1" customWidth="1"/>
     <col width="29.700000000000003" min="7" max="7" bestFit="1" customWidth="1"/>
-    <col width="70.4" min="8" max="8" bestFit="1" customWidth="1"/>
-    <col width="16.5" min="9" max="9" bestFit="1" customWidth="1"/>
+    <col width="16.5" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="15.400000000000002" min="9" max="9" bestFit="1" customWidth="1"/>
     <col width="16.5" min="10" max="10" bestFit="1" customWidth="1"/>
     <col width="14.3" min="11" max="11" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="12" max="12" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="13" max="13" bestFit="1" customWidth="1"/>
     <col width="22.0" min="14" max="14" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="15" max="15" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="16" max="16" bestFit="1" customWidth="1"/>
     <col width="16.5" min="17" max="17" bestFit="1" customWidth="1"/>
     <col width="16.5" min="18" max="18" bestFit="1" customWidth="1"/>
     <col width="13.200000000000001" min="19" max="19" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="20" max="20" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="21" max="21" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="22" max="22" bestFit="1" customWidth="1"/>
     <col width="17.6" min="23" max="23" bestFit="1" customWidth="1"/>
     <col width="25.3" min="24" max="24" bestFit="1" customWidth="1"/>
     <col width="11.0" min="25" max="25" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="26" max="26" bestFit="1" customWidth="1"/>
     <col width="16.5" min="27" max="27" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="28" max="28" bestFit="1" customWidth="1"/>
     <col width="17.6" min="29" max="29" bestFit="1" customWidth="1"/>
     <col width="9.9" min="30" max="30" bestFit="1" customWidth="1"/>
     <col width="14.3" min="31" max="31" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="32" max="32" bestFit="1" customWidth="1"/>
     <col width="14.3" min="33" max="33" bestFit="1" customWidth="1"/>
     <col width="9.9" min="34" max="34" bestFit="1" customWidth="1"/>
@@ -418,57 +418,57 @@
     <col width="39.6" min="61" max="61" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="62" max="62" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="63" max="63" bestFit="1" customWidth="1"/>
     <col width="33.0" min="64" max="64" bestFit="1" customWidth="1"/>
     <col width="33.0" min="65" max="65" bestFit="1" customWidth="1"/>
     <col width="19.8" min="66" max="66" bestFit="1" customWidth="1"/>
     <col width="17.6" min="67" max="67" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="68" max="68" bestFit="1" customWidth="1"/>
     <col width="16.5" min="69" max="69" bestFit="1" customWidth="1"/>
     <col width="23.1" min="70" max="70" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="71" max="71" bestFit="1" customWidth="1"/>
     <col width="23.1" min="72" max="72" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="73" max="73" bestFit="1" customWidth="1"/>
     <col width="25.3" min="74" max="74" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="75" max="75" bestFit="1" customWidth="1"/>
     <col width="23.1" min="76" max="76" bestFit="1" customWidth="1"/>
     <col width="6.6000000000000005" min="77" max="77" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="78" max="78" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="79" max="79" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="80" max="80" bestFit="1" customWidth="1"/>
     <col width="14.3" min="81" max="81" bestFit="1" customWidth="1"/>
     <col width="11.0" min="82" max="82" bestFit="1" customWidth="1"/>
     <col width="19.8" min="83" max="83" bestFit="1" customWidth="1"/>
     <col width="28.6" min="84" max="84" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="85" max="85" bestFit="1" customWidth="1"/>
-    <col width="11.0" min="86" max="86" bestFit="1" customWidth="1"/>
-    <col width="8.8" min="87" max="87" bestFit="1" customWidth="1"/>
+    <col width="22.0" min="86" max="86" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="87" max="87" bestFit="1" customWidth="1"/>
     <col width="13.200000000000001" min="88" max="88" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="89" max="89" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="90" max="90" bestFit="1" customWidth="1"/>
-    <col width="19.8" min="91" max="91" bestFit="1" customWidth="1"/>
-    <col width="19.8" min="92" max="92" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="91" max="91" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="92" max="92" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>manifestation_id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>original_title</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>title_alternative</t>
         </is>
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>title_transcription</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
@@ -892,186 +892,186 @@
       </c>
       <c r="CK1" s="0" t="inlineStr">
         <is>
           <t>accepted_at</t>
         </is>
       </c>
       <c r="CL1" s="0" t="inlineStr">
         <is>
           <t>acquired_at</t>
         </is>
       </c>
       <c r="CM1" s="0" t="inlineStr">
         <is>
           <t>item_created_at</t>
         </is>
       </c>
       <c r="CN1" s="0" t="inlineStr">
         <is>
           <t>item_updated_at</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>3800</t>
+          <t>3939</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>そして、みんなクレイジーになっていく DJカルチャーとクラブ・ミュージックの100年史</t>
+          <t>流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>Last night a DJ saved my life.</t>
+          <t/>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>ソシテ、ミンナクレイジーニナッテイク ディージェイカルチャートクラブ・ミュージックノ100ネンシ</t>
+          <t>リュウコウカデフリカエルショウワヒャクネン</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター著;フランク・ブロートン著;島田陽子訳</t>
+          <t>合田道人</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G2" s="0"/>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>NDL│00909035//NDL│00909038//NDL│00389030</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>DU BOOKS</t>
-[...4 lines deleted...]
-      <c r="M2" s="0"/>
+          <t>笠間書店</t>
+        </is>
+      </c>
+      <c r="K2" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-05</t>
+        </is>
+      </c>
+      <c r="L2" s="0" t="inlineStr">
+        <is>
+          <t>2025-02-05 00:00:00 +0900</t>
+        </is>
+      </c>
+      <c r="M2" s="0" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>東京都</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:26:34 +0900</t>
+          <t>2025-12-09 17:26:20 +0900</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:26:34 +0900</t>
+          <t>2025-12-09 17:26:53 +0900</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0" t="inlineStr">
         <is>
-          <t>増補改訂版</t>
+          <t/>
         </is>
       </c>
       <c r="AA2" s="0"/>
       <c r="AB2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC2" s="0"/>
       <c r="AD2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="AE2" s="0" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="AE2" s="0"/>
+      <c r="AF2" s="0"/>
       <c r="AG2" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>22㎝</t>
+        </is>
+      </c>
+      <c r="AH2" s="0"/>
       <c r="AI2" s="0"/>
       <c r="AJ2" s="0"/>
       <c r="AK2" s="0"/>
       <c r="AL2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM2" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP2" s="0" t="inlineStr">
         <is>
@@ -1231,126 +1231,165 @@
       <c r="BU2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY2" s="0"/>
       <c r="BZ2" s="0"/>
       <c r="CA2" s="0"/>
       <c r="CB2" s="0"/>
       <c r="CC2" s="0"/>
+      <c r="CD2" s="0" t="inlineStr">
+        <is>
+          <t>2438</t>
+        </is>
+      </c>
+      <c r="CE2" s="0" t="inlineStr">
+        <is>
+          <t>41209320</t>
+        </is>
+      </c>
+      <c r="CF2" s="0"/>
+      <c r="CG2" s="0"/>
+      <c r="CH2" s="0" t="inlineStr">
+        <is>
+          <t>yours</t>
+        </is>
+      </c>
+      <c r="CI2" s="0" t="inlineStr">
+        <is>
+          <t>first_shelf</t>
+        </is>
+      </c>
+      <c r="CJ2" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK2" s="0"/>
+      <c r="CL2" s="0"/>
+      <c r="CM2" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:26:53 +0900</t>
+        </is>
+      </c>
+      <c r="CN2" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:26:53 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>3796</t>
+          <t>3937</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>あのころ、うちのテレビは白黒だった</t>
+          <t>流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>アノコロウチノテレビハシロクロダッタ</t>
+          <t>リュウコウカ　デ　フリカエル　ショウワ１００ネン</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>平野恵理子 著</t>
+          <t>著者 合田道人</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G3" s="0"/>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>NDL|00177777</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>NDL|00775164</t>
+          <t>笠間書院</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
-          <t>2025-9-5</t>
+          <t>2020-2-5</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05 00:00:00 +0900</t>
+          <t>2020-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>2025</t>
+          <t>2020</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
-          <t>東京都</t>
+          <t>東京</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:23:36 +0900</t>
+          <t>2025-12-09 17:22:26 +0900</t>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:23:36 +0900</t>
+          <t>2025-12-09 17:24:26 +0900</t>
         </is>
       </c>
       <c r="Q3" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S3" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
           <t/>
@@ -1364,68 +1403,64 @@
       <c r="W3" s="0"/>
       <c r="X3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y3" s="0"/>
       <c r="Z3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA3" s="0"/>
       <c r="AB3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC3" s="0"/>
       <c r="AD3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE3" s="0"/>
-      <c r="AF3" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AF3" s="0"/>
       <c r="AG3" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>19cm</t>
+        </is>
+      </c>
+      <c r="AH3" s="0"/>
       <c r="AI3" s="0"/>
       <c r="AJ3" s="0"/>
-      <c r="AK3" s="0"/>
+      <c r="AK3" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
       <c r="AL3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM3" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -1582,126 +1617,165 @@
       <c r="BU3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY3" s="0"/>
       <c r="BZ3" s="0"/>
       <c r="CA3" s="0"/>
       <c r="CB3" s="0"/>
       <c r="CC3" s="0"/>
+      <c r="CD3" s="0" t="inlineStr">
+        <is>
+          <t>2437</t>
+        </is>
+      </c>
+      <c r="CE3" s="0" t="inlineStr">
+        <is>
+          <t>41209317</t>
+        </is>
+      </c>
+      <c r="CF3" s="0"/>
+      <c r="CG3" s="0"/>
+      <c r="CH3" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI3" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ3" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK3" s="0"/>
+      <c r="CL3" s="0"/>
+      <c r="CM3" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:24:26 +0900</t>
+        </is>
+      </c>
+      <c r="CN3" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:24:26 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>3787</t>
+          <t>3936</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>あのころ、うちのテレビは白黒だった</t>
+          <t>歌は世につれ♪流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Showa100</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>アノコロ、ウチノテレビハシロクロダッタ</t>
+          <t>ウタ　ハ　ヨ　ニ　ツレ　リュウコウカ　デ　フ　リ　カエ　ル　ショウワ　100　ネン</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>平野恵理子　著</t>
+          <t>合田道人　著</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G4" s="0"/>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>NDL|00177777</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>NDL|00775164</t>
+          <t>笠間書院</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:21:56 +0900</t>
+          <t>2025-12-09 17:18:43 +0900</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:21:56 +0900</t>
+          <t>2025-12-09 17:19:39 +0900</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R4" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S4" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T4" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
           <t/>
@@ -1717,63 +1791,59 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="Y4" s="0"/>
       <c r="Z4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA4" s="0"/>
       <c r="AB4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC4" s="0"/>
       <c r="AD4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE4" s="0"/>
       <c r="AF4" s="0" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>240</t>
         </is>
       </c>
       <c r="AG4" s="0" t="inlineStr">
         <is>
-          <t/>
-[...3 lines deleted...]
-        <is>
           <t>22</t>
         </is>
       </c>
+      <c r="AH4" s="0"/>
       <c r="AI4" s="0"/>
       <c r="AJ4" s="0"/>
       <c r="AK4" s="0"/>
       <c r="AL4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM4" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP4" s="0" t="inlineStr">
         <is>
@@ -1933,126 +2003,153 @@
       <c r="BU4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY4" s="0"/>
       <c r="BZ4" s="0"/>
       <c r="CA4" s="0"/>
       <c r="CB4" s="0"/>
       <c r="CC4" s="0"/>
+      <c r="CD4" s="0" t="inlineStr">
+        <is>
+          <t>2436</t>
+        </is>
+      </c>
+      <c r="CE4" s="0" t="inlineStr">
+        <is>
+          <t>41209328</t>
+        </is>
+      </c>
+      <c r="CF4" s="0"/>
+      <c r="CG4" s="0"/>
+      <c r="CH4" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI4" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ4" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK4" s="0"/>
+      <c r="CL4" s="0"/>
+      <c r="CM4" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:19:39 +0900</t>
+        </is>
+      </c>
+      <c r="CN4" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:19:39 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>3782</t>
+          <t>3933</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>DJカルチャーとクラブ・ミュージックの100年史</t>
+          <t>流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>Last night a DJ saved my life</t>
+          <t/>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>ディージェーカルチャートクラブ・ミュージックノヒャクネンシ</t>
+          <t>リュウコウカ デ フリカエル ショウワ 100ネン</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター 著；フランク・ブロートン 著；島田陽子 訳</t>
+          <t>合田道人 著</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G5" s="0"/>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>NDL|00909035//NDL|00909038</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
-          <t>NDL|00389030</t>
+          <t/>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>DU BOOKS</t>
-[...16 lines deleted...]
-      </c>
+          <t>笠間書院</t>
+        </is>
+      </c>
+      <c r="K5" s="0"/>
+      <c r="L5" s="0"/>
+      <c r="M5" s="0"/>
       <c r="N5" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:20:10 +0900</t>
+          <t>2025-12-09 17:17:14 +0900</t>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:20:11 +0900</t>
+          <t>2025-12-09 17:18:07 +0900</t>
         </is>
       </c>
       <c r="Q5" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R5" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S5" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T5" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2062,69 +2159,61 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="W5" s="0"/>
       <c r="X5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y5" s="0"/>
       <c r="Z5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA5" s="0"/>
       <c r="AB5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC5" s="0"/>
       <c r="AD5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>240</t>
         </is>
       </c>
       <c r="AE5" s="0"/>
-      <c r="AF5" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AF5" s="0"/>
       <c r="AG5" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="AH5" s="0"/>
       <c r="AI5" s="0"/>
       <c r="AJ5" s="0"/>
       <c r="AK5" s="0"/>
       <c r="AL5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM5" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP5" s="0" t="inlineStr">
         <is>
@@ -2284,126 +2373,165 @@
       <c r="BU5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY5" s="0"/>
       <c r="BZ5" s="0"/>
       <c r="CA5" s="0"/>
       <c r="CB5" s="0"/>
       <c r="CC5" s="0"/>
+      <c r="CD5" s="0" t="inlineStr">
+        <is>
+          <t>2433</t>
+        </is>
+      </c>
+      <c r="CE5" s="0" t="inlineStr">
+        <is>
+          <t>41209321</t>
+        </is>
+      </c>
+      <c r="CF5" s="0"/>
+      <c r="CG5" s="0"/>
+      <c r="CH5" s="0" t="inlineStr">
+        <is>
+          <t>yours</t>
+        </is>
+      </c>
+      <c r="CI5" s="0" t="inlineStr">
+        <is>
+          <t>first_shelf</t>
+        </is>
+      </c>
+      <c r="CJ5" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK5" s="0"/>
+      <c r="CL5" s="0"/>
+      <c r="CM5" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:18:07 +0900</t>
+        </is>
+      </c>
+      <c r="CN5" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:18:07 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>3781</t>
+          <t>3930</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>DJカルチャーとクラブ・ミュージックの１００年史</t>
+          <t>歌は世につれ♪流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>Last night a DJ saved my life</t>
+          <t/>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>ディージェーカルチャートクラブ・ミュージックノヒャクネンシ</t>
+          <t>ウタ ワ ヨ ニ ツレ リュウコウカ デ フリカエル ショウワ 100 ネン</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター 著，フランク・ブロートン 著，島田陽子 訳</t>
+          <t>合田道人著</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G6" s="0"/>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>NDL|00909035//NDL|00909038</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
-          <t>NDL|00389030</t>
+          <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>笠間書院</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>2025-1-1</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2025-01-01 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
-          <t>東京都</t>
+          <t>東京</t>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:20:03 +0900</t>
+          <t>2025-12-09 17:16:21 +0900</t>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:21:13 +0900</t>
+          <t>2025-12-09 17:16:53 +0900</t>
         </is>
       </c>
       <c r="Q6" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R6" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S6" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
           <t/>
@@ -2419,66 +2547,66 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="Y6" s="0"/>
       <c r="Z6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA6" s="0"/>
       <c r="AB6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC6" s="0"/>
       <c r="AD6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE6" s="0"/>
       <c r="AF6" s="0" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>240</t>
         </is>
       </c>
       <c r="AG6" s="0" t="inlineStr">
         <is>
-          <t/>
-[...3 lines deleted...]
-        <is>
           <t>22</t>
         </is>
       </c>
+      <c r="AH6" s="0"/>
       <c r="AI6" s="0"/>
       <c r="AJ6" s="0"/>
-      <c r="AK6" s="0"/>
+      <c r="AK6" s="0" t="inlineStr">
+        <is>
+          <t>1800</t>
+        </is>
+      </c>
       <c r="AL6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM6" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -2635,194 +2763,229 @@
       <c r="BU6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY6" s="0"/>
       <c r="BZ6" s="0"/>
       <c r="CA6" s="0"/>
       <c r="CB6" s="0"/>
       <c r="CC6" s="0"/>
+      <c r="CD6" s="0" t="inlineStr">
+        <is>
+          <t>2430</t>
+        </is>
+      </c>
+      <c r="CE6" s="0" t="inlineStr">
+        <is>
+          <t>41209306</t>
+        </is>
+      </c>
+      <c r="CF6" s="0"/>
+      <c r="CG6" s="0"/>
+      <c r="CH6" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI6" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ6" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK6" s="0"/>
+      <c r="CL6" s="0"/>
+      <c r="CM6" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:16:53 +0900</t>
+        </is>
+      </c>
+      <c r="CN6" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:16:53 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>3779</t>
+          <t>3929</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>DJカルチャーとクラブ・ミュージックの100年史</t>
+          <t>歌は世につれ♪流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>Last Night A DJ Saved My Life </t>
+          <t/>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>ディージェーカルチャートクラブ・ミュージックノヒャクネンシ</t>
+          <t>ウタワ　ヨニツレ　リュウコウカ　デ　フリカエル　ショウワ　100　ネン</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター著、フランク・ブロートン著、島田陽子訳</t>
+          <t>合田道人</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G7" s="0"/>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>NDL|00909035 (VIAF)//NDL|00909038 (VIAF)//NDL|00389030 (VIAF)</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>DU BOOKS </t>
+          <t>NDL|00775164</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>2025-1-1</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2025-01-01 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:19:41 +0900</t>
+          <t>2025-12-09 17:15:40 +0900</t>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:19:42 +0900</t>
+          <t>2025-12-09 17:16:03 +0900</t>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R7" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S7" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W7" s="0"/>
       <c r="X7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y7" s="0"/>
       <c r="Z7" s="0" t="inlineStr">
         <is>
-          <t>増補改訂版</t>
+          <t/>
         </is>
       </c>
       <c r="AA7" s="0"/>
       <c r="AB7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC7" s="0"/>
       <c r="AD7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>240</t>
         </is>
       </c>
       <c r="AE7" s="0"/>
       <c r="AF7" s="0"/>
       <c r="AG7" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>22cm</t>
+        </is>
+      </c>
+      <c r="AH7" s="0"/>
       <c r="AI7" s="0"/>
       <c r="AJ7" s="0"/>
       <c r="AK7" s="0"/>
       <c r="AL7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM7" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP7" s="0" t="inlineStr">
         <is>
@@ -2982,193 +3145,236 @@
       <c r="BU7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY7" s="0"/>
       <c r="BZ7" s="0"/>
       <c r="CA7" s="0"/>
       <c r="CB7" s="0"/>
       <c r="CC7" s="0"/>
+      <c r="CD7" s="0" t="inlineStr">
+        <is>
+          <t>2426</t>
+        </is>
+      </c>
+      <c r="CE7" s="0" t="inlineStr">
+        <is>
+          <t>41209314</t>
+        </is>
+      </c>
+      <c r="CF7" s="0"/>
+      <c r="CG7" s="0"/>
+      <c r="CH7" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI7" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ7" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK7" s="0"/>
+      <c r="CL7" s="0"/>
+      <c r="CM7" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:16:03 +0900</t>
+        </is>
+      </c>
+      <c r="CN7" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:16:03 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>3763</t>
+          <t>3928</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>DJカルチャーとクラブ・ミュージックの100年史</t>
+          <t>流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>Last night A DJ saved my life</t>
+          <t/>
         </is>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>ディージェイカルチャートクラブミュージックノヒャクネンシ</t>
+          <t>リュウコウカデフリカエルショウワ100ネン</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター 著、フランク・ブロートン 著、島田陽子 訳</t>
+          <t>合田道人 著</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G8" s="0"/>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>NDL|00909035//NDL|00909038//NDL|00389030</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>DU BOOKS</t>
+          <t>笹間書院</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
-          <t>2025-1-1</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2025-01-01 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
-          <t>東京都</t>
+          <t>東京</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:13:29 +0900</t>
+          <t>2025-12-09 17:15:20 +0900</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:13:29 +0900</t>
+          <t>2025-12-09 17:15:43 +0900</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S8" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W8" s="0"/>
       <c r="X8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y8" s="0"/>
       <c r="Z8" s="0" t="inlineStr">
         <is>
-          <t>増補改訂版</t>
+          <t/>
         </is>
       </c>
       <c r="AA8" s="0"/>
       <c r="AB8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC8" s="0"/>
       <c r="AD8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>240</t>
         </is>
       </c>
       <c r="AE8" s="0"/>
       <c r="AF8" s="0"/>
       <c r="AG8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AH8" s="0"/>
       <c r="AI8" s="0"/>
       <c r="AJ8" s="0"/>
-      <c r="AK8" s="0"/>
+      <c r="AK8" s="0" t="inlineStr">
+        <is>
+          <t>1800</t>
+        </is>
+      </c>
       <c r="AL8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM8" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -3325,126 +3531,165 @@
       <c r="BU8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY8" s="0"/>
       <c r="BZ8" s="0"/>
       <c r="CA8" s="0"/>
       <c r="CB8" s="0"/>
       <c r="CC8" s="0"/>
+      <c r="CD8" s="0" t="inlineStr">
+        <is>
+          <t>2424</t>
+        </is>
+      </c>
+      <c r="CE8" s="0" t="inlineStr">
+        <is>
+          <t>41209335</t>
+        </is>
+      </c>
+      <c r="CF8" s="0"/>
+      <c r="CG8" s="0"/>
+      <c r="CH8" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI8" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ8" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK8" s="0"/>
+      <c r="CL8" s="0"/>
+      <c r="CM8" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:43 +0900</t>
+        </is>
+      </c>
+      <c r="CN8" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:43 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>3759</t>
+          <t>3927</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>あのころ、うちのテレビは白黒だった</t>
+          <t>流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>アノコロ、ウチノテレビハシロクロダッタ</t>
+          <t>リュウコウカデフリカエルショウワ100ネン</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>平野恵理子　著</t>
+          <t>合田道人 著</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G9" s="0"/>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>NDL|00177777</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>NDL|00775164</t>
+          <t>笹間書院</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2025-09-05 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:11:25 +0900</t>
+          <t>2025-12-09 17:15:08 +0900</t>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:11:25 +0900</t>
+          <t>2025-12-09 17:15:42 +0900</t>
         </is>
       </c>
       <c r="Q9" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R9" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S9" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3454,72 +3699,68 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="W9" s="0"/>
       <c r="X9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="Y9" s="0"/>
       <c r="Z9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA9" s="0"/>
       <c r="AB9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC9" s="0"/>
       <c r="AD9" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>240ページ</t>
         </is>
       </c>
       <c r="AE9" s="0"/>
-      <c r="AF9" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AF9" s="0"/>
       <c r="AG9" s="0" t="inlineStr">
         <is>
-          <t/>
-[...6 lines deleted...]
-      </c>
+          <t>22cm</t>
+        </is>
+      </c>
+      <c r="AH9" s="0"/>
       <c r="AI9" s="0"/>
       <c r="AJ9" s="0"/>
-      <c r="AK9" s="0"/>
+      <c r="AK9" s="0" t="inlineStr">
+        <is>
+          <t>1800</t>
+        </is>
+      </c>
       <c r="AL9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM9" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -3676,126 +3917,165 @@
       <c r="BU9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY9" s="0"/>
       <c r="BZ9" s="0"/>
       <c r="CA9" s="0"/>
       <c r="CB9" s="0"/>
       <c r="CC9" s="0"/>
+      <c r="CD9" s="0" t="inlineStr">
+        <is>
+          <t>2423</t>
+        </is>
+      </c>
+      <c r="CE9" s="0" t="inlineStr">
+        <is>
+          <t>41209336</t>
+        </is>
+      </c>
+      <c r="CF9" s="0"/>
+      <c r="CG9" s="0"/>
+      <c r="CH9" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI9" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ9" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK9" s="0"/>
+      <c r="CL9" s="0"/>
+      <c r="CM9" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:42 +0900</t>
+        </is>
+      </c>
+      <c r="CN9" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:42 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>3749</t>
+          <t>3926</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>DJカルチャーとクラブ・ミュージックの100年史</t>
+          <t>歌は世につれ♪　流行歌で振り返る昭和100年</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>Last night a dj saved my life</t>
+          <t>Showa 100</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>ディージェーカルチャートクラブ・ミュージックノヒャクネンシ</t>
+          <t>ウタ　ワ　ヨ　ニ　ツレ　リュウコウカ　デ　フリカエル　ショウワ　100　ネン</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター著、フランク・ブロートン著、島田陽子訳</t>
+          <t>合田道人　著</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G10" s="0"/>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>NDL：00909035//NDL：00909038//NDL：00389030</t>
+          <t>NDL|00871293</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>DU BOOKS</t>
+          <t>笠間書院</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>2025-1-1</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2025-01-01 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
-          <t>東京都</t>
+          <t>東京</t>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:06:00 +0900</t>
+          <t>2025-12-09 17:14:54 +0900</t>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:19:16 +0900</t>
+          <t>2025-12-09 17:15:55 +0900</t>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S10" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
           <t/>
@@ -3811,56 +4091,56 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="Y10" s="0"/>
       <c r="Z10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA10" s="0"/>
       <c r="AB10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC10" s="0"/>
       <c r="AD10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE10" s="0"/>
       <c r="AF10" s="0" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>240</t>
         </is>
       </c>
       <c r="AG10" s="0" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>19cm</t>
         </is>
       </c>
       <c r="AH10" s="0"/>
       <c r="AI10" s="0"/>
       <c r="AJ10" s="0"/>
       <c r="AK10" s="0"/>
       <c r="AL10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM10" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -4023,126 +4303,165 @@
       <c r="BU10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY10" s="0"/>
       <c r="BZ10" s="0"/>
       <c r="CA10" s="0"/>
       <c r="CB10" s="0"/>
       <c r="CC10" s="0"/>
+      <c r="CD10" s="0" t="inlineStr">
+        <is>
+          <t>2425</t>
+        </is>
+      </c>
+      <c r="CE10" s="0" t="inlineStr">
+        <is>
+          <t>41209327</t>
+        </is>
+      </c>
+      <c r="CF10" s="0"/>
+      <c r="CG10" s="0"/>
+      <c r="CH10" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI10" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ10" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK10" s="0"/>
+      <c r="CL10" s="0"/>
+      <c r="CM10" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:55 +0900</t>
+        </is>
+      </c>
+      <c r="CN10" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:55 +0900</t>
+        </is>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>3748</t>
+          <t>3925</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>DJカルチャーとクラブ・ミュージックの100年史</t>
+          <t>歌は世につれ♪流行歌で振り返る 昭和100年</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>Last night a DJ saved my life</t>
+          <t/>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>ディージェーカルチャートクラブ・ミュージックノヒャクネンシ</t>
+          <t>ウタ ハ ヨ ニ ツレ♪ リュウコウカ デ フリカエル ショウワ 100 ネン</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>ビル・ブルースター 著；フランク・ブロートン 著；島田陽子 訳</t>
+          <t>合田道人 著</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>false</t>
         </is>
       </c>
       <c r="G11" s="0"/>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>NDL|00909035//NDL|00909038</t>
+          <t>NDL｜00871293</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>NDL|00389030</t>
+          <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>DU BOOKS</t>
+          <t>笠間書院</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>2025-01-01</t>
+          <t>2025-02-05</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2025-01-01 00:00:00 +0900</t>
+          <t>2025-02-05 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:05:54 +0900</t>
+          <t>2025-12-09 17:14:42 +0900</t>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
-          <t>2025-12-02 17:05:54 +0900</t>
+          <t>2025-12-09 17:15:41 +0900</t>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
           <t/>
@@ -4158,66 +4477,66 @@
         <is>
           <t/>
         </is>
       </c>
       <c r="Y11" s="0"/>
       <c r="Z11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AA11" s="0"/>
       <c r="AB11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AC11" s="0"/>
       <c r="AD11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AE11" s="0"/>
       <c r="AF11" s="0" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>240</t>
         </is>
       </c>
       <c r="AG11" s="0" t="inlineStr">
         <is>
-          <t/>
-[...3 lines deleted...]
-        <is>
           <t>22</t>
         </is>
       </c>
+      <c r="AH11" s="0"/>
       <c r="AI11" s="0"/>
       <c r="AJ11" s="0"/>
-      <c r="AK11" s="0"/>
+      <c r="AK11" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
       <c r="AL11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AM11" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AO11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AP11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -4374,46 +4693,85 @@
       <c r="BU11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY11" s="0"/>
       <c r="BZ11" s="0"/>
       <c r="CA11" s="0"/>
       <c r="CB11" s="0"/>
       <c r="CC11" s="0"/>
+      <c r="CD11" s="0" t="inlineStr">
+        <is>
+          <t>2422</t>
+        </is>
+      </c>
+      <c r="CE11" s="0" t="inlineStr">
+        <is>
+          <t>41209307</t>
+        </is>
+      </c>
+      <c r="CF11" s="0"/>
+      <c r="CG11" s="0"/>
+      <c r="CH11" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib</t>
+        </is>
+      </c>
+      <c r="CI11" s="0" t="inlineStr">
+        <is>
+          <t>shokeipracticelib_default</t>
+        </is>
+      </c>
+      <c r="CJ11" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK11" s="0"/>
+      <c r="CL11" s="0"/>
+      <c r="CM11" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:41 +0900</t>
+        </is>
+      </c>
+      <c r="CN11" s="0" t="inlineStr">
+        <is>
+          <t>2025-12-09 17:15:41 +0900</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>