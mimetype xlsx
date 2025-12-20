--- v0 (2025-12-17)
+++ v1 (2025-12-20)
@@ -327,137 +327,137 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:CC12"/>
+  <dimension ref="A1:CN14"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="20.900000000000002" min="1" max="1" bestFit="1" customWidth="1"/>
-    <col width="35.2" min="2" max="2" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col width="44.0" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="44.0" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="41.800000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="86.9" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="36.300000000000004" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="9.9" min="6" max="6" bestFit="1" customWidth="1"/>
-    <col width="77.0" min="7" max="7" bestFit="1" customWidth="1"/>
-    <col width="79.2" min="8" max="8" bestFit="1" customWidth="1"/>
+    <col width="67.10000000000001" min="7" max="7" bestFit="1" customWidth="1"/>
+    <col width="45.1" min="8" max="8" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="9" max="9" bestFit="1" customWidth="1"/>
-    <col width="14.3" min="10" max="10" bestFit="1" customWidth="1"/>
+    <col width="13.200000000000001" min="10" max="10" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="11" max="11" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="12" max="12" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="13" max="13" bestFit="1" customWidth="1"/>
     <col width="22.0" min="14" max="14" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="15" max="15" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="16" max="16" bestFit="1" customWidth="1"/>
     <col width="16.5" min="17" max="17" bestFit="1" customWidth="1"/>
-    <col width="17.6" min="18" max="18" bestFit="1" customWidth="1"/>
+    <col width="16.5" min="18" max="18" bestFit="1" customWidth="1"/>
     <col width="13.200000000000001" min="19" max="19" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="20" max="20" bestFit="1" customWidth="1"/>
     <col width="17.6" min="21" max="21" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="22" max="22" bestFit="1" customWidth="1"/>
     <col width="17.6" min="23" max="23" bestFit="1" customWidth="1"/>
-    <col width="28.6" min="24" max="24" bestFit="1" customWidth="1"/>
+    <col width="25.3" min="24" max="24" bestFit="1" customWidth="1"/>
     <col width="11.0" min="25" max="25" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="26" max="26" bestFit="1" customWidth="1"/>
     <col width="16.5" min="27" max="27" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="28" max="28" bestFit="1" customWidth="1"/>
     <col width="17.6" min="29" max="29" bestFit="1" customWidth="1"/>
-    <col width="15.400000000000002" min="30" max="30" bestFit="1" customWidth="1"/>
+    <col width="9.9" min="30" max="30" bestFit="1" customWidth="1"/>
     <col width="14.3" min="31" max="31" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="32" max="32" bestFit="1" customWidth="1"/>
-    <col width="23.1" min="33" max="33" bestFit="1" customWidth="1"/>
+    <col width="14.3" min="33" max="33" bestFit="1" customWidth="1"/>
     <col width="9.9" min="34" max="34" bestFit="1" customWidth="1"/>
     <col width="8.8" min="35" max="35" bestFit="1" customWidth="1"/>
     <col width="8.8" min="36" max="36" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="37" max="37" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="38" max="38" bestFit="1" customWidth="1"/>
     <col width="33.0" min="39" max="39" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="40" max="40" bestFit="1" customWidth="1"/>
-    <col width="66.0" min="41" max="41" bestFit="1" customWidth="1"/>
+    <col width="15.400000000000002" min="41" max="41" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="42" max="42" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="43" max="43" bestFit="1" customWidth="1"/>
     <col width="19.8" min="44" max="44" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="45" max="45" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="46" max="46" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="47" max="47" bestFit="1" customWidth="1"/>
     <col width="22.0" min="48" max="48" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="49" max="49" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="50" max="50" bestFit="1" customWidth="1"/>
     <col width="22.0" min="51" max="51" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="52" max="52" bestFit="1" customWidth="1"/>
     <col width="37.400000000000006" min="53" max="53" bestFit="1" customWidth="1"/>
     <col width="38.5" min="54" max="54" bestFit="1" customWidth="1"/>
     <col width="53.900000000000006" min="55" max="55" bestFit="1" customWidth="1"/>
     <col width="42.900000000000006" min="56" max="56" bestFit="1" customWidth="1"/>
     <col width="29.700000000000003" min="57" max="57" bestFit="1" customWidth="1"/>
     <col width="36.300000000000004" min="58" max="58" bestFit="1" customWidth="1"/>
     <col width="36.300000000000004" min="59" max="59" bestFit="1" customWidth="1"/>
     <col width="45.1" min="60" max="60" bestFit="1" customWidth="1"/>
     <col width="39.6" min="61" max="61" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="62" max="62" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="63" max="63" bestFit="1" customWidth="1"/>
     <col width="33.0" min="64" max="64" bestFit="1" customWidth="1"/>
     <col width="33.0" min="65" max="65" bestFit="1" customWidth="1"/>
     <col width="19.8" min="66" max="66" bestFit="1" customWidth="1"/>
-    <col width="17.6" min="67" max="67" bestFit="1" customWidth="1"/>
+    <col width="55.00000000000001" min="67" max="67" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="68" max="68" bestFit="1" customWidth="1"/>
     <col width="16.5" min="69" max="69" bestFit="1" customWidth="1"/>
     <col width="23.1" min="70" max="70" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="71" max="71" bestFit="1" customWidth="1"/>
     <col width="23.1" min="72" max="72" bestFit="1" customWidth="1"/>
     <col width="24.200000000000003" min="73" max="73" bestFit="1" customWidth="1"/>
     <col width="25.3" min="74" max="74" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="75" max="75" bestFit="1" customWidth="1"/>
     <col width="23.1" min="76" max="76" bestFit="1" customWidth="1"/>
     <col width="6.6000000000000005" min="77" max="77" bestFit="1" customWidth="1"/>
     <col width="12.100000000000001" min="78" max="78" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="79" max="79" bestFit="1" customWidth="1"/>
     <col width="7.700000000000001" min="80" max="80" bestFit="1" customWidth="1"/>
-    <col width="39.6" min="81" max="81" bestFit="1" customWidth="1"/>
+    <col width="29.700000000000003" min="81" max="81" bestFit="1" customWidth="1"/>
     <col width="11.0" min="82" max="82" bestFit="1" customWidth="1"/>
     <col width="19.8" min="83" max="83" bestFit="1" customWidth="1"/>
     <col width="28.6" min="84" max="84" bestFit="1" customWidth="1"/>
     <col width="26.400000000000002" min="85" max="85" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="86" max="86" bestFit="1" customWidth="1"/>
     <col width="25.3" min="87" max="87" bestFit="1" customWidth="1"/>
     <col width="13.200000000000001" min="88" max="88" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="89" max="89" bestFit="1" customWidth="1"/>
     <col width="15.400000000000002" min="90" max="90" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="91" max="91" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="92" max="92" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>manifestation_id</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>original_title</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
@@ -892,187 +892,187 @@
       </c>
       <c r="CK1" s="0" t="inlineStr">
         <is>
           <t>accepted_at</t>
         </is>
       </c>
       <c r="CL1" s="0" t="inlineStr">
         <is>
           <t>acquired_at</t>
         </is>
       </c>
       <c r="CM1" s="0" t="inlineStr">
         <is>
           <t>item_created_at</t>
         </is>
       </c>
       <c r="CN1" s="0" t="inlineStr">
         <is>
           <t>item_updated_at</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>3122</t>
+          <t>3129</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>ミルク日記 : 毎日を元気に過ごすためのミルクの本</t>
+          <t>バーの主人がこっそり教える甘いつまみ</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>ミルク ニッキ : マイニチ オ ゲンキ ニ スゴス タメ ノ ミルク ノ ホン</t>
+          <t>バー ノ シュジン ガ コッソリ オシエル アマイ ツマミ</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>チーム・ミルクジャパン 著; 寄藤文平 アートディレクション</t>
+          <t>間口一就 著</t>
         </is>
       </c>
       <c r="F2" s="0"/>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I028517449</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000010842101</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
-          <t>チームミルクジャパン</t>
+          <t>間口, 一就</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
-          <t>ポプラ社</t>
+          <t>柴田書店</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>2017-01-01 00:00:00 +0900</t>
+          <t>2010-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
-          <t>2017</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:41:37 +0900</t>
+          <t>2025-04-30 17:42:06 +0900</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>2025-05-01 16:04:27 +0900</t>
+          <t>2025-04-30 17:44:40 +0900</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
-          <t>9784591156094</t>
+          <t>9784388060764</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
       <c r="AA2" s="0"/>
       <c r="AB2" s="0"/>
       <c r="AC2" s="0"/>
       <c r="AD2" s="0" t="inlineStr">
         <is>
-          <t>189p</t>
+          <t>110p</t>
         </is>
       </c>
       <c r="AE2" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF2" s="0" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>110</t>
         </is>
       </c>
       <c r="AG2" s="0" t="inlineStr">
         <is>
-          <t>17cm</t>
+          <t>21cm</t>
         </is>
       </c>
       <c r="AH2" s="0" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>21</t>
         </is>
       </c>
       <c r="AI2" s="0"/>
       <c r="AJ2" s="0"/>
       <c r="AK2" s="0" t="inlineStr">
         <is>
-          <t>1200</t>
+          <t>1600</t>
         </is>
       </c>
       <c r="AL2" s="0"/>
       <c r="AM2" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN2" s="0"/>
       <c r="AO2" s="0"/>
       <c r="AP2" s="0"/>
       <c r="AQ2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -1162,291 +1162,291 @@
           <t/>
         </is>
       </c>
       <c r="BK2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO2" s="0" t="inlineStr">
         <is>
-          <t>牛乳</t>
+          <t/>
         </is>
       </c>
       <c r="BP2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS2" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>596</t>
         </is>
       </c>
       <c r="BT2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV2" s="0" t="inlineStr">
         <is>
-          <t>596</t>
+          <t/>
         </is>
       </c>
       <c r="BW2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY2" s="0"/>
       <c r="BZ2" s="0" t="inlineStr">
         <is>
-          <t>22950161</t>
+          <t>21748959</t>
         </is>
       </c>
       <c r="CA2" s="0"/>
       <c r="CB2" s="0"/>
       <c r="CC2" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I028517449</t>
+          <t>R100000002-I000010842101</t>
         </is>
       </c>
       <c r="CD2" s="0" t="inlineStr">
         <is>
-          <t>1377</t>
+          <t>1391</t>
         </is>
       </c>
       <c r="CE2" s="0"/>
       <c r="CF2" s="0"/>
-      <c r="CG2" s="0"/>
+      <c r="CG2" s="0" t="inlineStr">
+        <is>
+          <t>59010マ</t>
+        </is>
+      </c>
       <c r="CH2" s="0" t="inlineStr">
         <is>
-          <t>violet_library</t>
+          <t>yours</t>
         </is>
       </c>
       <c r="CI2" s="0" t="inlineStr">
         <is>
-          <t>violet_default</t>
+          <t>first_shelf</t>
         </is>
       </c>
       <c r="CJ2" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK2" s="0"/>
       <c r="CL2" s="0"/>
       <c r="CM2" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:06 +0900</t>
+          <t>2025-04-30 17:44:40 +0900</t>
         </is>
       </c>
       <c r="CN2" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:06 +0900</t>
+          <t>2025-04-30 17:44:40 +0900</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>3120</t>
+          <t>3128</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>旅の効用 : 人はなぜ移動するのか</t>
-[...6 lines deleted...]
-      </c>
+          <t>地域ぐるみグリーン・ツーリズム運営のてびき : 都市と農山漁村の共生・対流</t>
+        </is>
+      </c>
+      <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>タビ ノ コウヨウ : ヒト ワ ナゼ イドウ スル ノカ</t>
+          <t>チイキグルミ グリーン ツーリズム ウンエイ ノ テビキ : トシ ト ノウサンギョソン ノ キョウセイ タイリュウ</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>ペール・アンデション 著; 畔上司 訳</t>
+          <t>都市農山漁村交流活性化機構 企画編集</t>
         </is>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I030175921</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000004067477</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>Andersson, Per J., 1962-//畔上, 司, 1951-</t>
+          <t>都市農山漁村交流活性化機構</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
-          <t>草思社</t>
+          <t>農山漁村文化協会</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
-          <t>2020-01-01 00:00:00 +0900</t>
+          <t>2002-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>2020</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:41:30 +0900</t>
+          <t>2025-04-30 17:42:04 +0900</t>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:46:19 +0900</t>
+          <t>2025-05-01 16:06:56 +0900</t>
         </is>
       </c>
       <c r="Q3" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S3" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
-          <t>9784794224361</t>
+          <t>9784540022111</t>
         </is>
       </c>
       <c r="V3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W3" s="0"/>
       <c r="X3" s="0"/>
       <c r="Y3" s="0"/>
       <c r="Z3" s="0"/>
       <c r="AA3" s="0"/>
       <c r="AB3" s="0"/>
       <c r="AC3" s="0"/>
       <c r="AD3" s="0" t="inlineStr">
         <is>
-          <t>351p</t>
+          <t>139p</t>
         </is>
       </c>
       <c r="AE3" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF3" s="0" t="inlineStr">
         <is>
-          <t>351</t>
+          <t>139</t>
         </is>
       </c>
       <c r="AG3" s="0" t="inlineStr">
         <is>
-          <t>20cm</t>
+          <t>21cm</t>
         </is>
       </c>
       <c r="AH3" s="0" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>21</t>
         </is>
       </c>
       <c r="AI3" s="0"/>
       <c r="AJ3" s="0"/>
       <c r="AK3" s="0" t="inlineStr">
         <is>
-          <t>2200</t>
+          <t>1333</t>
         </is>
       </c>
       <c r="AL3" s="0"/>
       <c r="AM3" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN3" s="0"/>
       <c r="AO3" s="0"/>
       <c r="AP3" s="0"/>
       <c r="AQ3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -1536,291 +1536,287 @@
           <t/>
         </is>
       </c>
       <c r="BK3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO3" s="0" t="inlineStr">
         <is>
-          <t>旅行</t>
+          <t/>
         </is>
       </c>
       <c r="BP3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS3" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>689.4</t>
         </is>
       </c>
       <c r="BT3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV3" s="0" t="inlineStr">
         <is>
-          <t>290.9</t>
+          <t/>
         </is>
       </c>
       <c r="BW3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY3" s="0"/>
       <c r="BZ3" s="0" t="inlineStr">
         <is>
-          <t>23339507</t>
+          <t>20384951</t>
         </is>
       </c>
       <c r="CA3" s="0"/>
       <c r="CB3" s="0"/>
       <c r="CC3" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I030175921</t>
+          <t>R100000002-I000004067477</t>
         </is>
       </c>
       <c r="CD3" s="0" t="inlineStr">
         <is>
-          <t>1397</t>
+          <t>1381</t>
         </is>
       </c>
       <c r="CE3" s="0"/>
       <c r="CF3" s="0"/>
-      <c r="CG3" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CG3" s="0"/>
       <c r="CH3" s="0" t="inlineStr">
         <is>
           <t>liblfuser04</t>
         </is>
       </c>
       <c r="CI3" s="0" t="inlineStr">
         <is>
           <t>liblfuser04_default</t>
         </is>
       </c>
       <c r="CJ3" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK3" s="0"/>
       <c r="CL3" s="0"/>
       <c r="CM3" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:46:19 +0900</t>
+          <t>2025-04-30 17:43:02 +0900</t>
         </is>
       </c>
       <c r="CN3" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:46:19 +0900</t>
+          <t>2025-04-30 17:43:02 +0900</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>3121</t>
+          <t>3128</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>鳥取力 : 新型コロナに挑む小さな県の奮闘</t>
+          <t>地域ぐるみグリーン・ツーリズム運営のてびき : 都市と農山漁村の共生・対流</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>トットリリョク : シンガタ コロナ ニ イドム チイサナ ケン ノ フントウ</t>
+          <t>チイキグルミ グリーン ツーリズム ウンエイ ノ テビキ : トシ ト ノウサンギョソン ノ キョウセイ タイリュウ</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>平井伸治 著</t>
+          <t>都市農山漁村交流活性化機構 企画編集</t>
         </is>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I031325710</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000004067477</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
-          <t>平井, 伸治, 1961-</t>
+          <t>都市農山漁村交流活性化機構</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
-          <t>中央公論新社</t>
+          <t>農山漁村文化協会</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>2021-01-01 00:00:00 +0900</t>
+          <t>2002-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:41:30 +0900</t>
+          <t>2025-04-30 17:42:04 +0900</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20 10:07:29 +0900</t>
+          <t>2025-05-01 16:06:56 +0900</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R4" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S4" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T4" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
-          <t>9784121507242</t>
+          <t>9784540022111</t>
         </is>
       </c>
       <c r="V4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W4" s="0"/>
       <c r="X4" s="0"/>
       <c r="Y4" s="0"/>
       <c r="Z4" s="0"/>
       <c r="AA4" s="0"/>
       <c r="AB4" s="0"/>
       <c r="AC4" s="0"/>
       <c r="AD4" s="0" t="inlineStr">
         <is>
-          <t>253p</t>
+          <t>139p</t>
         </is>
       </c>
       <c r="AE4" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF4" s="0" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>139</t>
         </is>
       </c>
       <c r="AG4" s="0" t="inlineStr">
         <is>
-          <t>18cm</t>
+          <t>21cm</t>
         </is>
       </c>
       <c r="AH4" s="0" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>21</t>
         </is>
       </c>
       <c r="AI4" s="0"/>
       <c r="AJ4" s="0"/>
       <c r="AK4" s="0" t="inlineStr">
         <is>
-          <t>780</t>
+          <t>1333</t>
         </is>
       </c>
       <c r="AL4" s="0"/>
       <c r="AM4" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN4" s="0"/>
       <c r="AO4" s="0"/>
       <c r="AP4" s="0"/>
       <c r="AQ4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -1910,287 +1906,287 @@
           <t/>
         </is>
       </c>
       <c r="BK4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO4" s="0" t="inlineStr">
         <is>
-          <t>鳥取県--行政</t>
+          <t/>
         </is>
       </c>
       <c r="BP4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS4" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>689.4</t>
         </is>
       </c>
       <c r="BT4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV4" s="0" t="inlineStr">
         <is>
-          <t>318.272</t>
+          <t/>
         </is>
       </c>
       <c r="BW4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY4" s="0"/>
       <c r="BZ4" s="0" t="inlineStr">
         <is>
-          <t>23509991</t>
+          <t>20384951</t>
         </is>
       </c>
       <c r="CA4" s="0"/>
       <c r="CB4" s="0"/>
       <c r="CC4" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I031325710</t>
+          <t>R100000002-I000004067477</t>
         </is>
       </c>
       <c r="CD4" s="0" t="inlineStr">
         <is>
-          <t>1379</t>
+          <t>1422</t>
         </is>
       </c>
       <c r="CE4" s="0"/>
       <c r="CF4" s="0"/>
       <c r="CG4" s="0"/>
       <c r="CH4" s="0" t="inlineStr">
         <is>
           <t>yours</t>
         </is>
       </c>
       <c r="CI4" s="0" t="inlineStr">
         <is>
           <t>first_shelf</t>
         </is>
       </c>
       <c r="CJ4" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK4" s="0"/>
       <c r="CL4" s="0"/>
       <c r="CM4" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:57 +0900</t>
+          <t>2025-05-01 16:06:04 +0900</t>
         </is>
       </c>
       <c r="CN4" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:57 +0900</t>
+          <t>2025-05-01 16:06:04 +0900</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>3121</t>
+          <t>3128</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>鳥取力 : 新型コロナに挑む小さな県の奮闘</t>
+          <t>地域ぐるみグリーン・ツーリズム運営のてびき : 都市と農山漁村の共生・対流</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>トットリリョク : シンガタ コロナ ニ イドム チイサナ ケン ノ フントウ</t>
+          <t>チイキグルミ グリーン ツーリズム ウンエイ ノ テビキ : トシ ト ノウサンギョソン ノ キョウセイ タイリュウ</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
-          <t>平井伸治 著</t>
+          <t>都市農山漁村交流活性化機構 企画編集</t>
         </is>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I031325710</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000004067477</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>平井, 伸治, 1961-</t>
+          <t>都市農山漁村交流活性化機構</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
-          <t>中央公論新社</t>
+          <t>農山漁村文化協会</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
-          <t>2021-01-01 00:00:00 +0900</t>
+          <t>2002-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2002</t>
         </is>
       </c>
       <c r="N5" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:41:30 +0900</t>
+          <t>2025-04-30 17:42:04 +0900</t>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
-          <t>2025-08-20 10:07:29 +0900</t>
+          <t>2025-05-01 16:06:56 +0900</t>
         </is>
       </c>
       <c r="Q5" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R5" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S5" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T5" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
-          <t>9784121507242</t>
+          <t>9784540022111</t>
         </is>
       </c>
       <c r="V5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W5" s="0"/>
       <c r="X5" s="0"/>
       <c r="Y5" s="0"/>
       <c r="Z5" s="0"/>
       <c r="AA5" s="0"/>
       <c r="AB5" s="0"/>
       <c r="AC5" s="0"/>
       <c r="AD5" s="0" t="inlineStr">
         <is>
-          <t>253p</t>
+          <t>139p</t>
         </is>
       </c>
       <c r="AE5" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF5" s="0" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>139</t>
         </is>
       </c>
       <c r="AG5" s="0" t="inlineStr">
         <is>
-          <t>18cm</t>
+          <t>21cm</t>
         </is>
       </c>
       <c r="AH5" s="0" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>21</t>
         </is>
       </c>
       <c r="AI5" s="0"/>
       <c r="AJ5" s="0"/>
       <c r="AK5" s="0" t="inlineStr">
         <is>
-          <t>780</t>
+          <t>1333</t>
         </is>
       </c>
       <c r="AL5" s="0"/>
       <c r="AM5" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN5" s="0"/>
       <c r="AO5" s="0"/>
       <c r="AP5" s="0"/>
       <c r="AQ5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -2280,287 +2276,291 @@
           <t/>
         </is>
       </c>
       <c r="BK5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO5" s="0" t="inlineStr">
         <is>
-          <t>鳥取県--行政</t>
+          <t/>
         </is>
       </c>
       <c r="BP5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS5" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>689.4</t>
         </is>
       </c>
       <c r="BT5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV5" s="0" t="inlineStr">
         <is>
-          <t>318.272</t>
+          <t/>
         </is>
       </c>
       <c r="BW5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY5" s="0"/>
       <c r="BZ5" s="0" t="inlineStr">
         <is>
-          <t>23509991</t>
+          <t>20384951</t>
         </is>
       </c>
       <c r="CA5" s="0"/>
       <c r="CB5" s="0"/>
       <c r="CC5" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I031325710</t>
+          <t>R100000002-I000004067477</t>
         </is>
       </c>
       <c r="CD5" s="0" t="inlineStr">
         <is>
-          <t>1395</t>
+          <t>1428</t>
         </is>
       </c>
       <c r="CE5" s="0"/>
       <c r="CF5" s="0"/>
       <c r="CG5" s="0"/>
       <c r="CH5" s="0" t="inlineStr">
         <is>
-          <t>test_library</t>
+          <t>yours</t>
         </is>
       </c>
       <c r="CI5" s="0" t="inlineStr">
         <is>
-          <t>test_library_default</t>
+          <t>first_shelf</t>
         </is>
       </c>
       <c r="CJ5" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK5" s="0"/>
       <c r="CL5" s="0"/>
       <c r="CM5" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:45:43 +0900</t>
+          <t>2025-05-01 16:06:56 +0900</t>
         </is>
       </c>
       <c r="CN5" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:45:43 +0900</t>
+          <t>2025-05-01 16:06:56 +0900</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>3119</t>
+          <t>3127</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>満月珈琲店のレシピ帖 : 12星座とめぐる星カフェメニュー</t>
-[...2 lines deleted...]
-      <c r="C6" s="0"/>
+          <t>きのこ : ちいさな手のひら事典</t>
+        </is>
+      </c>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>LE PETIT LIVRE DES CHAMPIGNONS</t>
+        </is>
+      </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>マンゲツ コーヒーテン ノ レシピチョウ : ジュウニ セイザ ト メグル ホシカフェ メニュー</t>
+          <t>キノコ : チイサナ テノヒラ ジテン</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
-          <t>桜田千尋 著</t>
+          <t>ミリアム・ブラン 著; [いぶきけい] [訳]</t>
         </is>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I032442263</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I027498545</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
-          <t>桜田, 千尋</t>
+          <t>Blanc, Myriam, 1965-//いぶき, けい, 1964-</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
-          <t>主婦の友社</t>
+          <t>グラフィック社</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
-          <t>2022-01-01 00:00:00 +0900</t>
+          <t>2016-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
-          <t>2022</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:41:24 +0900</t>
+          <t>2025-04-30 17:41:58 +0900</t>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:49:28 +0900</t>
+          <t>2025-04-30 17:43:31 +0900</t>
         </is>
       </c>
       <c r="Q6" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R6" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S6" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
-          <t>9784074526604</t>
+          <t>9784766128987</t>
         </is>
       </c>
       <c r="V6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W6" s="0"/>
       <c r="X6" s="0"/>
       <c r="Y6" s="0"/>
       <c r="Z6" s="0"/>
       <c r="AA6" s="0"/>
       <c r="AB6" s="0"/>
       <c r="AC6" s="0"/>
       <c r="AD6" s="0" t="inlineStr">
         <is>
-          <t>77p</t>
+          <t>175p</t>
         </is>
       </c>
       <c r="AE6" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF6" s="0" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>175</t>
         </is>
       </c>
       <c r="AG6" s="0" t="inlineStr">
         <is>
-          <t>21×21cm</t>
+          <t>16cm</t>
         </is>
       </c>
       <c r="AH6" s="0" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>16</t>
         </is>
       </c>
       <c r="AI6" s="0"/>
       <c r="AJ6" s="0"/>
       <c r="AK6" s="0" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>1500</t>
         </is>
       </c>
       <c r="AL6" s="0"/>
       <c r="AM6" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN6" s="0"/>
       <c r="AO6" s="0"/>
       <c r="AP6" s="0"/>
       <c r="AQ6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -2650,301 +2650,297 @@
           <t/>
         </is>
       </c>
       <c r="BK6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO6" s="0" t="inlineStr">
         <is>
-          <t>菓子//飲料</t>
+          <t>キノコ</t>
         </is>
       </c>
       <c r="BP6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS6" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>474.85</t>
         </is>
       </c>
       <c r="BT6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV6" s="0" t="inlineStr">
         <is>
-          <t>596</t>
+          <t/>
         </is>
       </c>
       <c r="BW6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY6" s="0"/>
       <c r="BZ6" s="0" t="inlineStr">
         <is>
-          <t>23759770</t>
+          <t>22783583</t>
         </is>
       </c>
       <c r="CA6" s="0"/>
       <c r="CB6" s="0"/>
       <c r="CC6" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I032442263</t>
+          <t>R100000002-I027498545</t>
         </is>
       </c>
       <c r="CD6" s="0" t="inlineStr">
         <is>
-          <t>1399</t>
+          <t>1385</t>
         </is>
       </c>
       <c r="CE6" s="0"/>
       <c r="CF6" s="0"/>
-      <c r="CG6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CG6" s="0"/>
       <c r="CH6" s="0" t="inlineStr">
         <is>
-          <t>yours</t>
+          <t>liblfuser04</t>
         </is>
       </c>
       <c r="CI6" s="0" t="inlineStr">
         <is>
-          <t>first_shelf</t>
+          <t>liblfuser04_default</t>
         </is>
       </c>
       <c r="CJ6" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK6" s="0"/>
       <c r="CL6" s="0"/>
       <c r="CM6" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:49:28 +0900</t>
+          <t>2025-04-30 17:43:31 +0900</t>
         </is>
       </c>
       <c r="CN6" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:49:28 +0900</t>
+          <t>2025-04-30 17:43:31 +0900</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>3118</t>
+          <t>3125</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>ちいさなあなたへ</t>
-[...6 lines deleted...]
-      </c>
+          <t>学校教育の戦後70年史 : 1945年〈昭和20〉～2015年〈平成27〉</t>
+        </is>
+      </c>
+      <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>チイサナ アナタ エ</t>
+          <t>ガッコウ キョウイク ノ センゴ ナナジュウネンシ : センキュウヒャクヨンジュウゴネン ショウワ ニジュウ ニセンジュウゴネン ヘイセイ ニジュウナナ</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>アリスン・マギー ぶん; ピーター・レイノルズ え; なかがわちひろ やく</t>
+          <t>日本児童教育振興財団 編</t>
         </is>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000009297968</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I027428888</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
-          <t>McGhee, Alison, 1960-//Reynolds, Peter Hamilton, 1961-//中川, 千尋, 1958-</t>
+          <t>日本児童教育振興財団</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
-          <t>主婦の友社</t>
+          <t>小学館</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
-          <t>2008</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
-          <t>2008-01-01 00:00:00 +0900</t>
+          <t>2016-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>2008</t>
+          <t>2016</t>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:40:51 +0900</t>
+          <t>2025-04-30 17:41:50 +0900</t>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:21 +0900</t>
+          <t>2025-04-30 17:43:07 +0900</t>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R7" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S7" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
-          <t>9784072559932</t>
+          <t>9784098401703</t>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W7" s="0"/>
       <c r="X7" s="0"/>
       <c r="Y7" s="0"/>
       <c r="Z7" s="0"/>
       <c r="AA7" s="0"/>
       <c r="AB7" s="0"/>
       <c r="AC7" s="0"/>
       <c r="AD7" s="0" t="inlineStr">
         <is>
-          <t>1冊 (ページ付なし)</t>
-[...3 lines deleted...]
-      <c r="AF7" s="0"/>
+          <t>270p</t>
+        </is>
+      </c>
+      <c r="AE7" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AF7" s="0" t="inlineStr">
+        <is>
+          <t>270</t>
+        </is>
+      </c>
       <c r="AG7" s="0" t="inlineStr">
         <is>
-          <t>20×21cm</t>
+          <t>21cm</t>
         </is>
       </c>
       <c r="AH7" s="0" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>21</t>
         </is>
       </c>
       <c r="AI7" s="0"/>
       <c r="AJ7" s="0"/>
       <c r="AK7" s="0" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>1600</t>
         </is>
       </c>
       <c r="AL7" s="0"/>
       <c r="AM7" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN7" s="0"/>
-      <c r="AO7" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AO7" s="0"/>
       <c r="AP7" s="0"/>
       <c r="AQ7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AT7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AU7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -3024,291 +3020,287 @@
           <t/>
         </is>
       </c>
       <c r="BK7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO7" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>日本--教育--歴史--1945-</t>
         </is>
       </c>
       <c r="BP7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS7" s="0" t="inlineStr">
         <is>
-          <t>726.6</t>
+          <t>372.107</t>
         </is>
       </c>
       <c r="BT7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY7" s="0"/>
       <c r="BZ7" s="0" t="inlineStr">
         <is>
-          <t>21386405</t>
+          <t>22765647</t>
         </is>
       </c>
       <c r="CA7" s="0"/>
       <c r="CB7" s="0"/>
       <c r="CC7" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I000009297968</t>
+          <t>R100000002-I027428888</t>
         </is>
       </c>
       <c r="CD7" s="0" t="inlineStr">
         <is>
-          <t>1378</t>
+          <t>1383</t>
         </is>
       </c>
       <c r="CE7" s="0"/>
       <c r="CF7" s="0"/>
       <c r="CG7" s="0"/>
       <c r="CH7" s="0" t="inlineStr">
         <is>
-          <t>violet_library</t>
+          <t>test_library</t>
         </is>
       </c>
       <c r="CI7" s="0" t="inlineStr">
         <is>
-          <t>violet_default</t>
+          <t>test_library_default</t>
         </is>
       </c>
       <c r="CJ7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK7" s="0"/>
       <c r="CL7" s="0"/>
       <c r="CM7" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:21 +0900</t>
+          <t>2025-04-30 17:43:07 +0900</t>
         </is>
       </c>
       <c r="CN7" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:42:21 +0900</t>
+          <t>2025-04-30 17:43:07 +0900</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>3117</t>
+          <t>3126</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>硝子の塔の殺人</t>
-[...6 lines deleted...]
-      </c>
+          <t>「ななつ星」物語 : めぐり逢う旅と「豪華列車」誕生の秘話</t>
+        </is>
+      </c>
+      <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>ガラス ノ トウ ノ サツジン</t>
+          <t>ナナツボシ モノガタリ : メグリアウ タビ ト ゴウカ レッシャ タンジョウ ノ ヒワ</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>知念実希人 著</t>
+          <t>一志治夫 著</t>
         </is>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I031568649</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I025383615</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>知念, 実希人, 1978-</t>
+          <t>一志, 治夫, 1956-</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>実業之日本社</t>
+          <t>小学館</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>2021-01-01 00:00:00 +0900</t>
+          <t>2014-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>2021</t>
+          <t>2014</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:38:01 +0900</t>
+          <t>2025-04-30 17:41:50 +0900</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:38:01 +0900</t>
+          <t>2025-04-30 17:43:30 +0900</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S8" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
-          <t>9784408537870</t>
+          <t>9784093883542</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W8" s="0"/>
       <c r="X8" s="0"/>
       <c r="Y8" s="0"/>
       <c r="Z8" s="0"/>
       <c r="AA8" s="0"/>
       <c r="AB8" s="0"/>
       <c r="AC8" s="0"/>
       <c r="AD8" s="0" t="inlineStr">
         <is>
-          <t>501p</t>
+          <t>237p</t>
         </is>
       </c>
       <c r="AE8" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF8" s="0" t="inlineStr">
         <is>
-          <t>501</t>
+          <t>237</t>
         </is>
       </c>
       <c r="AG8" s="0" t="inlineStr">
         <is>
           <t>20cm</t>
         </is>
       </c>
       <c r="AH8" s="0" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="AI8" s="0"/>
       <c r="AJ8" s="0"/>
       <c r="AK8" s="0" t="inlineStr">
         <is>
-          <t>1800</t>
+          <t>1400</t>
         </is>
       </c>
       <c r="AL8" s="0"/>
       <c r="AM8" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN8" s="0"/>
       <c r="AO8" s="0"/>
       <c r="AP8" s="0"/>
       <c r="AQ8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -3398,252 +3390,287 @@
           <t/>
         </is>
       </c>
       <c r="BK8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>鉄道--九州地方//寝台車 (鉄道)</t>
         </is>
       </c>
       <c r="BP8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS8" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>686.5</t>
         </is>
       </c>
       <c r="BT8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV8" s="0" t="inlineStr">
         <is>
-          <t>913.6</t>
+          <t/>
         </is>
       </c>
       <c r="BW8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY8" s="0"/>
       <c r="BZ8" s="0" t="inlineStr">
         <is>
-          <t>23565300</t>
+          <t>22408128</t>
         </is>
       </c>
       <c r="CA8" s="0"/>
       <c r="CB8" s="0"/>
       <c r="CC8" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I031568649</t>
+          <t>R100000002-I025383615</t>
+        </is>
+      </c>
+      <c r="CD8" s="0" t="inlineStr">
+        <is>
+          <t>1384</t>
+        </is>
+      </c>
+      <c r="CE8" s="0"/>
+      <c r="CF8" s="0"/>
+      <c r="CG8" s="0"/>
+      <c r="CH8" s="0" t="inlineStr">
+        <is>
+          <t>liblfuser04</t>
+        </is>
+      </c>
+      <c r="CI8" s="0" t="inlineStr">
+        <is>
+          <t>liblfuser04_default</t>
+        </is>
+      </c>
+      <c r="CJ8" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK8" s="0"/>
+      <c r="CL8" s="0"/>
+      <c r="CM8" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:43:30 +0900</t>
+        </is>
+      </c>
+      <c r="CN8" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:43:30 +0900</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>3116</t>
+          <t>3123</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>ブラックペアン1988</t>
+          <t>転換するグリーン・ツーリズム : 広域連携と自立をめざして</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>ブラック ペアン 1988</t>
+          <t>テンカンスル グリーン ツーリズム : コウイキ レンケイ ト ジリツ オ メザシテ</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>海堂尊 著</t>
+          <t>青木辰司 著</t>
         </is>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000009108181</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000010857609</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
-          <t>海堂, 尊</t>
+          <t>青木, 辰司, 1952-</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
-          <t>講談社</t>
+          <t>学芸出版社</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>2007</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
-          <t>2007-01-01 00:00:00 +0900</t>
+          <t>2010-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>2007</t>
+          <t>2010</t>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
-          <t>東京</t>
+          <t>京都</t>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:37:33 +0900</t>
+          <t>2025-04-30 17:41:46 +0900</t>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:38:02 +0900</t>
+          <t>2025-04-30 17:42:57 +0900</t>
         </is>
       </c>
       <c r="Q9" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R9" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S9" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
-          <t>9784062142540</t>
+          <t>9784761512729</t>
         </is>
       </c>
       <c r="V9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W9" s="0"/>
       <c r="X9" s="0"/>
       <c r="Y9" s="0"/>
       <c r="Z9" s="0"/>
       <c r="AA9" s="0"/>
       <c r="AB9" s="0"/>
       <c r="AC9" s="0"/>
       <c r="AD9" s="0" t="inlineStr">
         <is>
-          <t>317p</t>
+          <t>183p</t>
         </is>
       </c>
       <c r="AE9" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF9" s="0" t="inlineStr">
         <is>
-          <t>317</t>
+          <t>183</t>
         </is>
       </c>
       <c r="AG9" s="0" t="inlineStr">
         <is>
-          <t>20cm</t>
+          <t>19cm</t>
         </is>
       </c>
       <c r="AH9" s="0" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>19</t>
         </is>
       </c>
       <c r="AI9" s="0"/>
       <c r="AJ9" s="0"/>
       <c r="AK9" s="0" t="inlineStr">
         <is>
-          <t>1600</t>
+          <t>1700</t>
         </is>
       </c>
       <c r="AL9" s="0"/>
       <c r="AM9" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN9" s="0"/>
       <c r="AO9" s="0"/>
       <c r="AP9" s="0"/>
       <c r="AQ9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -3733,279 +3760,287 @@
           <t/>
         </is>
       </c>
       <c r="BK9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO9" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>グリーンツーリズム--日本</t>
         </is>
       </c>
       <c r="BP9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS9" s="0" t="inlineStr">
         <is>
-          <t>913.6</t>
+          <t>689.4</t>
         </is>
       </c>
       <c r="BT9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BW9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY9" s="0"/>
       <c r="BZ9" s="0" t="inlineStr">
         <is>
-          <t>21295953</t>
+          <t>21766088</t>
         </is>
       </c>
       <c r="CA9" s="0"/>
       <c r="CB9" s="0"/>
       <c r="CC9" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I000009108181</t>
+          <t>R100000002-I000010857609</t>
         </is>
       </c>
       <c r="CD9" s="0" t="inlineStr">
         <is>
-          <t>1376</t>
+          <t>1380</t>
         </is>
       </c>
       <c r="CE9" s="0"/>
       <c r="CF9" s="0"/>
       <c r="CG9" s="0"/>
       <c r="CH9" s="0" t="inlineStr">
         <is>
-          <t>liblfuser04</t>
+          <t>liblfuser05</t>
         </is>
       </c>
       <c r="CI9" s="0" t="inlineStr">
         <is>
-          <t>liblfuser04_default</t>
+          <t>liblfuser05_default</t>
         </is>
       </c>
       <c r="CJ9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="CK9" s="0"/>
       <c r="CL9" s="0"/>
       <c r="CM9" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:38:02 +0900</t>
+          <t>2025-04-30 17:42:57 +0900</t>
         </is>
       </c>
       <c r="CN9" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:38:02 +0900</t>
+          <t>2025-04-30 17:42:57 +0900</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>3115</t>
+          <t>3124</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>英雄の証 モンスターハンター</t>
+          <t>ヘーゲルの歴史意識</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>エイユウ ノ アカシ モンスター ハンター</t>
+          <t>ヘーゲル ノ レキシ イシキ</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>甲田雅人 作曲; 佐藤博昭 編曲</t>
+          <t>長谷川宏 [著]</t>
         </is>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I030486668</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000002723402</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>甲田, 雅人//佐藤, 博昭, pub. 2013</t>
+          <t>長谷川, 宏, 1940-</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>ミュージックエイト</t>
+          <t>講談社</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>1998</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>2016-01-01 00:00:00 +0900</t>
+          <t>1998-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>2016</t>
+          <t>1998</t>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:37:11 +0900</t>
+          <t>2025-04-30 17:41:46 +0900</t>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:37:11 +0900</t>
+          <t>2025-11-20 14:57:44 +0900</t>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
-          <t>notated_music</t>
+          <t>text</t>
         </is>
       </c>
       <c r="S10" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
-          <t>9784840098984</t>
+          <t>9784061593510</t>
         </is>
       </c>
       <c r="V10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W10" s="0"/>
       <c r="X10" s="0"/>
       <c r="Y10" s="0"/>
       <c r="Z10" s="0"/>
       <c r="AA10" s="0"/>
       <c r="AB10" s="0"/>
       <c r="AC10" s="0"/>
       <c r="AD10" s="0" t="inlineStr">
         <is>
-          <t>楽譜 26枚</t>
-[...3 lines deleted...]
-      <c r="AF10" s="0"/>
+          <t>217p</t>
+        </is>
+      </c>
+      <c r="AE10" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AF10" s="0" t="inlineStr">
+        <is>
+          <t>217</t>
+        </is>
+      </c>
       <c r="AG10" s="0" t="inlineStr">
         <is>
-          <t>30cm + フルスコア (22p)</t>
+          <t>15cm</t>
         </is>
       </c>
       <c r="AH10" s="0" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>15</t>
         </is>
       </c>
       <c r="AI10" s="0"/>
       <c r="AJ10" s="0"/>
       <c r="AK10" s="0" t="inlineStr">
         <is>
-          <t>3500</t>
+          <t>720</t>
         </is>
       </c>
       <c r="AL10" s="0"/>
       <c r="AM10" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN10" s="0"/>
       <c r="AO10" s="0"/>
       <c r="AP10" s="0"/>
       <c r="AQ10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -4020,331 +4055,327 @@
           <t/>
         </is>
       </c>
       <c r="AV10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AW10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AX10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AY10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AZ10" s="0" t="inlineStr">
         <is>
-          <t>1433</t>
+          <t/>
         </is>
       </c>
       <c r="BA10" s="0" t="inlineStr">
         <is>
-          <t>金管バンド</t>
+          <t/>
         </is>
       </c>
       <c r="BB10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BC10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BD10" s="0" t="inlineStr">
         <is>
-          <t>キンカン バンド</t>
+          <t/>
         </is>
       </c>
       <c r="BE10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BF10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BG10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BH10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BI10" s="0" t="inlineStr">
         <is>
-          <t>3115</t>
+          <t/>
         </is>
       </c>
       <c r="BJ10" s="0" t="inlineStr">
         <is>
-          <t>1376</t>
+          <t/>
         </is>
       </c>
       <c r="BK10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL10" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:37:11 +0900</t>
+          <t/>
         </is>
       </c>
       <c r="BM10" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16 22:00:29 +0900</t>
+          <t/>
         </is>
       </c>
       <c r="BN10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO10" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>Hegel, Georg Wilhelm Friedrich, 1770-1831//歴史哲学</t>
         </is>
       </c>
       <c r="BP10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS10" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>201.1</t>
         </is>
       </c>
       <c r="BT10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV10" s="0" t="inlineStr">
         <is>
-          <t>764.6</t>
+          <t/>
         </is>
       </c>
       <c r="BW10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY10" s="0"/>
       <c r="BZ10" s="0" t="inlineStr">
         <is>
-          <t>23389532</t>
+          <t>99045319</t>
         </is>
       </c>
       <c r="CA10" s="0"/>
       <c r="CB10" s="0"/>
       <c r="CC10" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I030486668</t>
+          <t>R100000002-I000002723402</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>3114</t>
+          <t>3122</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>アートベース・リサーチ・ハンドブック</t>
-[...6 lines deleted...]
-      </c>
+          <t>ミルク日記 : 毎日を元気に過ごすためのミルクの本</t>
+        </is>
+      </c>
+      <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>アート ベース リサーチ ハンドブック</t>
+          <t>ミルク ニッキ : マイニチ オ ゲンキ ニ スゴス タメ ノ ミルク ノ ホン</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>パトリシア・リーヴィー 編著; 岸磨貴子 [ほか] 監訳</t>
+          <t>チーム・ミルクジャパン 著; 寄藤文平 アートディレクション</t>
         </is>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I033662359</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I028517449</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
-          <t>Leavy, Patricia, 1975-//岸, 磨貴子//川島, 裕子, 1980-//荒川, 歩//三代, 純平, 1977-</t>
+          <t>チームミルクジャパン</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
-          <t>福村出版</t>
+          <t>ポプラ社</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>2024-01-01 00:00:00 +0900</t>
+          <t>2017-01-01 00:00:00 +0900</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>2024</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:36:47 +0900</t>
+          <t>2025-04-30 17:41:37 +0900</t>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:36:47 +0900</t>
+          <t>2025-05-01 16:04:27 +0900</t>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
-          <t>9784571410789</t>
+          <t>9784591156094</t>
         </is>
       </c>
       <c r="V11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="W11" s="0"/>
       <c r="X11" s="0"/>
       <c r="Y11" s="0"/>
       <c r="Z11" s="0"/>
       <c r="AA11" s="0"/>
       <c r="AB11" s="0"/>
       <c r="AC11" s="0"/>
       <c r="AD11" s="0" t="inlineStr">
         <is>
-          <t>804p</t>
+          <t>189p</t>
         </is>
       </c>
       <c r="AE11" s="0" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AF11" s="0" t="inlineStr">
         <is>
-          <t>804</t>
+          <t>189</t>
         </is>
       </c>
       <c r="AG11" s="0" t="inlineStr">
         <is>
-          <t>27cm</t>
+          <t>17cm</t>
         </is>
       </c>
       <c r="AH11" s="0" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>17</t>
         </is>
       </c>
       <c r="AI11" s="0"/>
       <c r="AJ11" s="0"/>
       <c r="AK11" s="0" t="inlineStr">
         <is>
-          <t>10000</t>
+          <t>1200</t>
         </is>
       </c>
       <c r="AL11" s="0"/>
       <c r="AM11" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN11" s="0"/>
       <c r="AO11" s="0"/>
       <c r="AP11" s="0"/>
       <c r="AQ11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -4434,234 +4465,293 @@
           <t/>
         </is>
       </c>
       <c r="BK11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BM11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BN11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO11" s="0" t="inlineStr">
         <is>
-          <t>芸術--研究・指導</t>
+          <t>牛乳</t>
         </is>
       </c>
       <c r="BP11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BT11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV11" s="0" t="inlineStr">
         <is>
-          <t>707</t>
+          <t>596</t>
         </is>
       </c>
       <c r="BW11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY11" s="0"/>
       <c r="BZ11" s="0" t="inlineStr">
         <is>
-          <t>24028051</t>
+          <t>22950161</t>
         </is>
       </c>
       <c r="CA11" s="0"/>
       <c r="CB11" s="0"/>
       <c r="CC11" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I033662359</t>
+          <t>R100000002-I028517449</t>
+        </is>
+      </c>
+      <c r="CD11" s="0" t="inlineStr">
+        <is>
+          <t>1377</t>
+        </is>
+      </c>
+      <c r="CE11" s="0"/>
+      <c r="CF11" s="0"/>
+      <c r="CG11" s="0"/>
+      <c r="CH11" s="0" t="inlineStr">
+        <is>
+          <t>violet_library</t>
+        </is>
+      </c>
+      <c r="CI11" s="0" t="inlineStr">
+        <is>
+          <t>violet_default</t>
+        </is>
+      </c>
+      <c r="CJ11" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK11" s="0"/>
+      <c r="CL11" s="0"/>
+      <c r="CM11" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:42:06 +0900</t>
+        </is>
+      </c>
+      <c r="CN11" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:42:06 +0900</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>3112</t>
+          <t>3120</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>アーカイブズ学研究</t>
+          <t>旅の効用 : 人はなぜ移動するのか</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>Journal of the Japan Society for Archival Science</t>
+          <t>För den som reser är världen vacker</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>アーカイブズガク ケンキュウ</t>
+          <t>タビ ノ コウヨウ : ヒト ワ ナゼ イドウ スル ノカ</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>日本アーカイブズ学会 編</t>
-[...6 lines deleted...]
-      </c>
+          <t>ペール・アンデション 著; 畔上司 訳</t>
+        </is>
+      </c>
+      <c r="F12" s="0"/>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I000007464904-i4770729</t>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I030175921</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
-          <t>日本アーカイブズ学会</t>
+          <t>Andersson, Per J., 1962-//畔上, 司, 1951-</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
-          <t>日本アーカイブズ学会</t>
-[...4 lines deleted...]
-      <c r="M12" s="0"/>
+          <t>草思社</t>
+        </is>
+      </c>
+      <c r="K12" s="0" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="L12" s="0" t="inlineStr">
+        <is>
+          <t>2020-01-01 00:00:00 +0900</t>
+        </is>
+      </c>
+      <c r="M12" s="0" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
           <t>東京</t>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:36:38 +0900</t>
+          <t>2025-04-30 17:41:30 +0900</t>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:36:38 +0900</t>
+          <t>2025-04-30 17:46:19 +0900</t>
         </is>
       </c>
       <c r="Q12" s="0" t="inlineStr">
         <is>
           <t>volume</t>
         </is>
       </c>
       <c r="R12" s="0" t="inlineStr">
         <is>
           <t>text</t>
         </is>
       </c>
       <c r="S12" s="0" t="inlineStr">
         <is>
           <t>unknown</t>
         </is>
       </c>
       <c r="T12" s="0" t="inlineStr">
         <is>
           <t>Japanese</t>
         </is>
       </c>
       <c r="U12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>9784794224361</t>
         </is>
       </c>
       <c r="V12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="W12" s="0" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="W12" s="0"/>
+      <c r="X12" s="0"/>
       <c r="Y12" s="0"/>
       <c r="Z12" s="0"/>
       <c r="AA12" s="0"/>
       <c r="AB12" s="0"/>
       <c r="AC12" s="0"/>
-      <c r="AD12" s="0"/>
-[...3 lines deleted...]
-      <c r="AH12" s="0"/>
+      <c r="AD12" s="0" t="inlineStr">
+        <is>
+          <t>351p</t>
+        </is>
+      </c>
+      <c r="AE12" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AF12" s="0" t="inlineStr">
+        <is>
+          <t>351</t>
+        </is>
+      </c>
+      <c r="AG12" s="0" t="inlineStr">
+        <is>
+          <t>20cm</t>
+        </is>
+      </c>
+      <c r="AH12" s="0" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
       <c r="AI12" s="0"/>
       <c r="AJ12" s="0"/>
-      <c r="AK12" s="0"/>
+      <c r="AK12" s="0" t="inlineStr">
+        <is>
+          <t>2200</t>
+        </is>
+      </c>
       <c r="AL12" s="0"/>
       <c r="AM12" s="0" t="inlineStr">
         <is>
           <t>Guest</t>
         </is>
       </c>
       <c r="AN12" s="0"/>
       <c r="AO12" s="0"/>
       <c r="AP12" s="0"/>
       <c r="AQ12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AR12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AS12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AT12" s="0" t="inlineStr">
@@ -4674,178 +4764,961 @@
           <t/>
         </is>
       </c>
       <c r="AV12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AW12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AX12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AY12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="AZ12" s="0" t="inlineStr">
         <is>
-          <t>1432</t>
+          <t/>
         </is>
       </c>
       <c r="BA12" s="0" t="inlineStr">
         <is>
-          <t>アーカイブズ学研究</t>
+          <t/>
         </is>
       </c>
       <c r="BB12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BC12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BD12" s="0" t="inlineStr">
         <is>
-          <t>アーカイブズガク ケンキュウ</t>
+          <t/>
         </is>
       </c>
       <c r="BE12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BF12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BG12" s="0" t="inlineStr">
         <is>
-          <t>true</t>
+          <t/>
         </is>
       </c>
       <c r="BH12" s="0" t="inlineStr">
         <is>
-          <t>3112</t>
+          <t/>
         </is>
       </c>
       <c r="BI12" s="0" t="inlineStr">
         <is>
-          <t>3112</t>
+          <t/>
         </is>
       </c>
       <c r="BJ12" s="0" t="inlineStr">
         <is>
-          <t>1375</t>
+          <t/>
         </is>
       </c>
       <c r="BK12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BL12" s="0" t="inlineStr">
         <is>
-          <t>2025-04-30 17:36:38 +0900</t>
+          <t/>
         </is>
       </c>
       <c r="BM12" s="0" t="inlineStr">
         <is>
-          <t>2025-09-16 22:00:29 +0900</t>
+          <t/>
         </is>
       </c>
       <c r="BN12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BO12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>旅行</t>
         </is>
       </c>
       <c r="BP12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BQ12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BR12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BS12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BT12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BU12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BV12" s="0" t="inlineStr">
         <is>
-          <t/>
+          <t>290.9</t>
         </is>
       </c>
       <c r="BW12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BX12" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="BY12" s="0"/>
-      <c r="BZ12" s="0"/>
+      <c r="BZ12" s="0" t="inlineStr">
+        <is>
+          <t>23339507</t>
+        </is>
+      </c>
       <c r="CA12" s="0"/>
       <c r="CB12" s="0"/>
       <c r="CC12" s="0" t="inlineStr">
         <is>
-          <t>R100000002-I000007464904-i4770729</t>
+          <t>R100000002-I030175921</t>
+        </is>
+      </c>
+      <c r="CD12" s="0" t="inlineStr">
+        <is>
+          <t>1397</t>
+        </is>
+      </c>
+      <c r="CE12" s="0"/>
+      <c r="CF12" s="0"/>
+      <c r="CG12" s="0" t="inlineStr">
+        <is>
+          <t>ISBN978-4-7942-2436-1</t>
+        </is>
+      </c>
+      <c r="CH12" s="0" t="inlineStr">
+        <is>
+          <t>liblfuser04</t>
+        </is>
+      </c>
+      <c r="CI12" s="0" t="inlineStr">
+        <is>
+          <t>liblfuser04_default</t>
+        </is>
+      </c>
+      <c r="CJ12" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK12" s="0"/>
+      <c r="CL12" s="0"/>
+      <c r="CM12" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:46:19 +0900</t>
+        </is>
+      </c>
+      <c r="CN12" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:46:19 +0900</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>3121</t>
+        </is>
+      </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>鳥取力 : 新型コロナに挑む小さな県の奮闘</t>
+        </is>
+      </c>
+      <c r="C13" s="0"/>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>トットリリョク : シンガタ コロナ ニ イドム チイサナ ケン ノ フントウ</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t>平井伸治 著</t>
+        </is>
+      </c>
+      <c r="F13" s="0"/>
+      <c r="G13" s="0" t="inlineStr">
+        <is>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I031325710</t>
+        </is>
+      </c>
+      <c r="H13" s="0" t="inlineStr">
+        <is>
+          <t>平井, 伸治, 1961-</t>
+        </is>
+      </c>
+      <c r="I13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J13" s="0" t="inlineStr">
+        <is>
+          <t>中央公論新社</t>
+        </is>
+      </c>
+      <c r="K13" s="0" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="L13" s="0" t="inlineStr">
+        <is>
+          <t>2021-01-01 00:00:00 +0900</t>
+        </is>
+      </c>
+      <c r="M13" s="0" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="N13" s="0" t="inlineStr">
+        <is>
+          <t>東京</t>
+        </is>
+      </c>
+      <c r="O13" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:41:30 +0900</t>
+        </is>
+      </c>
+      <c r="P13" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-20 10:07:29 +0900</t>
+        </is>
+      </c>
+      <c r="Q13" s="0" t="inlineStr">
+        <is>
+          <t>volume</t>
+        </is>
+      </c>
+      <c r="R13" s="0" t="inlineStr">
+        <is>
+          <t>text</t>
+        </is>
+      </c>
+      <c r="S13" s="0" t="inlineStr">
+        <is>
+          <t>unknown</t>
+        </is>
+      </c>
+      <c r="T13" s="0" t="inlineStr">
+        <is>
+          <t>Japanese</t>
+        </is>
+      </c>
+      <c r="U13" s="0" t="inlineStr">
+        <is>
+          <t>9784121507242</t>
+        </is>
+      </c>
+      <c r="V13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W13" s="0"/>
+      <c r="X13" s="0"/>
+      <c r="Y13" s="0"/>
+      <c r="Z13" s="0"/>
+      <c r="AA13" s="0"/>
+      <c r="AB13" s="0"/>
+      <c r="AC13" s="0"/>
+      <c r="AD13" s="0" t="inlineStr">
+        <is>
+          <t>253p</t>
+        </is>
+      </c>
+      <c r="AE13" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AF13" s="0" t="inlineStr">
+        <is>
+          <t>253</t>
+        </is>
+      </c>
+      <c r="AG13" s="0" t="inlineStr">
+        <is>
+          <t>18cm</t>
+        </is>
+      </c>
+      <c r="AH13" s="0" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="AI13" s="0"/>
+      <c r="AJ13" s="0"/>
+      <c r="AK13" s="0" t="inlineStr">
+        <is>
+          <t>780</t>
+        </is>
+      </c>
+      <c r="AL13" s="0"/>
+      <c r="AM13" s="0" t="inlineStr">
+        <is>
+          <t>Guest</t>
+        </is>
+      </c>
+      <c r="AN13" s="0"/>
+      <c r="AO13" s="0"/>
+      <c r="AP13" s="0"/>
+      <c r="AQ13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AR13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AS13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AT13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AU13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AV13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AW13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AX13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AY13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AZ13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BA13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BB13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BC13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BD13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BE13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BF13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BG13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BH13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BI13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BJ13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BK13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BL13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BM13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BN13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BO13" s="0" t="inlineStr">
+        <is>
+          <t>鳥取県--行政</t>
+        </is>
+      </c>
+      <c r="BP13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BQ13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BR13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BS13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BT13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BU13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BV13" s="0" t="inlineStr">
+        <is>
+          <t>318.272</t>
+        </is>
+      </c>
+      <c r="BW13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BX13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BY13" s="0"/>
+      <c r="BZ13" s="0" t="inlineStr">
+        <is>
+          <t>23509991</t>
+        </is>
+      </c>
+      <c r="CA13" s="0"/>
+      <c r="CB13" s="0"/>
+      <c r="CC13" s="0" t="inlineStr">
+        <is>
+          <t>R100000002-I031325710</t>
+        </is>
+      </c>
+      <c r="CD13" s="0" t="inlineStr">
+        <is>
+          <t>1379</t>
+        </is>
+      </c>
+      <c r="CE13" s="0"/>
+      <c r="CF13" s="0"/>
+      <c r="CG13" s="0"/>
+      <c r="CH13" s="0" t="inlineStr">
+        <is>
+          <t>yours</t>
+        </is>
+      </c>
+      <c r="CI13" s="0" t="inlineStr">
+        <is>
+          <t>first_shelf</t>
+        </is>
+      </c>
+      <c r="CJ13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK13" s="0"/>
+      <c r="CL13" s="0"/>
+      <c r="CM13" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:42:57 +0900</t>
+        </is>
+      </c>
+      <c r="CN13" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:42:57 +0900</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>3121</t>
+        </is>
+      </c>
+      <c r="B14" s="0" t="inlineStr">
+        <is>
+          <t>鳥取力 : 新型コロナに挑む小さな県の奮闘</t>
+        </is>
+      </c>
+      <c r="C14" s="0"/>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>トットリリョク : シンガタ コロナ ニ イドム チイサナ ケン ノ フントウ</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t>平井伸治 著</t>
+        </is>
+      </c>
+      <c r="F14" s="0"/>
+      <c r="G14" s="0" t="inlineStr">
+        <is>
+          <t>https://ndlsearch.ndl.go.jp/books/R100000002-I031325710</t>
+        </is>
+      </c>
+      <c r="H14" s="0" t="inlineStr">
+        <is>
+          <t>平井, 伸治, 1961-</t>
+        </is>
+      </c>
+      <c r="I14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J14" s="0" t="inlineStr">
+        <is>
+          <t>中央公論新社</t>
+        </is>
+      </c>
+      <c r="K14" s="0" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="L14" s="0" t="inlineStr">
+        <is>
+          <t>2021-01-01 00:00:00 +0900</t>
+        </is>
+      </c>
+      <c r="M14" s="0" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="N14" s="0" t="inlineStr">
+        <is>
+          <t>東京</t>
+        </is>
+      </c>
+      <c r="O14" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:41:30 +0900</t>
+        </is>
+      </c>
+      <c r="P14" s="0" t="inlineStr">
+        <is>
+          <t>2025-08-20 10:07:29 +0900</t>
+        </is>
+      </c>
+      <c r="Q14" s="0" t="inlineStr">
+        <is>
+          <t>volume</t>
+        </is>
+      </c>
+      <c r="R14" s="0" t="inlineStr">
+        <is>
+          <t>text</t>
+        </is>
+      </c>
+      <c r="S14" s="0" t="inlineStr">
+        <is>
+          <t>unknown</t>
+        </is>
+      </c>
+      <c r="T14" s="0" t="inlineStr">
+        <is>
+          <t>Japanese</t>
+        </is>
+      </c>
+      <c r="U14" s="0" t="inlineStr">
+        <is>
+          <t>9784121507242</t>
+        </is>
+      </c>
+      <c r="V14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="W14" s="0"/>
+      <c r="X14" s="0"/>
+      <c r="Y14" s="0"/>
+      <c r="Z14" s="0"/>
+      <c r="AA14" s="0"/>
+      <c r="AB14" s="0"/>
+      <c r="AC14" s="0"/>
+      <c r="AD14" s="0" t="inlineStr">
+        <is>
+          <t>253p</t>
+        </is>
+      </c>
+      <c r="AE14" s="0" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="AF14" s="0" t="inlineStr">
+        <is>
+          <t>253</t>
+        </is>
+      </c>
+      <c r="AG14" s="0" t="inlineStr">
+        <is>
+          <t>18cm</t>
+        </is>
+      </c>
+      <c r="AH14" s="0" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="AI14" s="0"/>
+      <c r="AJ14" s="0"/>
+      <c r="AK14" s="0" t="inlineStr">
+        <is>
+          <t>780</t>
+        </is>
+      </c>
+      <c r="AL14" s="0"/>
+      <c r="AM14" s="0" t="inlineStr">
+        <is>
+          <t>Guest</t>
+        </is>
+      </c>
+      <c r="AN14" s="0"/>
+      <c r="AO14" s="0"/>
+      <c r="AP14" s="0"/>
+      <c r="AQ14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AR14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AS14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AT14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AU14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AV14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AW14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AX14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AY14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="AZ14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BA14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BB14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BC14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BD14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BE14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BF14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BG14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BH14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BI14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BJ14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BK14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BL14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BM14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BN14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BO14" s="0" t="inlineStr">
+        <is>
+          <t>鳥取県--行政</t>
+        </is>
+      </c>
+      <c r="BP14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BQ14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BR14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BS14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BT14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BU14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BV14" s="0" t="inlineStr">
+        <is>
+          <t>318.272</t>
+        </is>
+      </c>
+      <c r="BW14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BX14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="BY14" s="0"/>
+      <c r="BZ14" s="0" t="inlineStr">
+        <is>
+          <t>23509991</t>
+        </is>
+      </c>
+      <c r="CA14" s="0"/>
+      <c r="CB14" s="0"/>
+      <c r="CC14" s="0" t="inlineStr">
+        <is>
+          <t>R100000002-I031325710</t>
+        </is>
+      </c>
+      <c r="CD14" s="0" t="inlineStr">
+        <is>
+          <t>1395</t>
+        </is>
+      </c>
+      <c r="CE14" s="0"/>
+      <c r="CF14" s="0"/>
+      <c r="CG14" s="0"/>
+      <c r="CH14" s="0" t="inlineStr">
+        <is>
+          <t>test_library</t>
+        </is>
+      </c>
+      <c r="CI14" s="0" t="inlineStr">
+        <is>
+          <t>test_library_default</t>
+        </is>
+      </c>
+      <c r="CJ14" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="CK14" s="0"/>
+      <c r="CL14" s="0"/>
+      <c r="CM14" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:45:43 +0900</t>
+        </is>
+      </c>
+      <c r="CN14" s="0" t="inlineStr">
+        <is>
+          <t>2025-04-30 17:45:43 +0900</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>